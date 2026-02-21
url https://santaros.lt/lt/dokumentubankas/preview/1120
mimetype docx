--- v0 (2026-02-01)
+++ v1 (2026-02-21)
@@ -387,78 +387,78 @@
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC62EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                                               (sūnui, dukrai, globotiniui) (vardas, pavardė) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A8850B0" w14:textId="77777777" w:rsidR="00BC62EA" w:rsidRPr="00BC62EA" w:rsidRDefault="00BC62EA" w:rsidP="00BC62EA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A8C1B79" w14:textId="65644655" w:rsidR="00BC62EA" w:rsidRPr="00BC62EA" w:rsidRDefault="00BC62EA" w:rsidP="00BC62EA">
+    <w:p w14:paraId="2A8C1B79" w14:textId="08A496D1" w:rsidR="00BC62EA" w:rsidRPr="00BC62EA" w:rsidRDefault="00BC62EA" w:rsidP="00BC62EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC62EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>gimusiam(-siai) 20.... .... ....,  dalyvauti motyvacijos mokytis pagal ……………………………..   ugdymo   (pradinio, pagrindinio, vidurinio) programą papildytą ekologijos ir aplinkos technologijų ugdymo turiniu vertinime bei priimti į ........ klasę nuo 202</w:t>
       </w:r>
-      <w:r w:rsidR="007A7119">
-[...6 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="002D04E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC62EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. rugsėjo 1 d. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C06B8E3" w14:textId="77777777" w:rsidR="00BC62EA" w:rsidRPr="00BC62EA" w:rsidRDefault="00BC62EA" w:rsidP="00BC62EA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC62EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -686,119 +686,119 @@
     </w:p>
     <w:p w14:paraId="618C4671" w14:textId="77777777" w:rsidR="00DC047A" w:rsidRDefault="00DC047A" w:rsidP="00DC047A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DC047A" w:rsidSect="00664F6F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1274" w:bottom="1276" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41745AA7" w14:textId="77777777" w:rsidR="00820642" w:rsidRDefault="00820642" w:rsidP="00604137">
+    <w:p w14:paraId="418EB729" w14:textId="77777777" w:rsidR="004E361D" w:rsidRDefault="004E361D" w:rsidP="00604137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="091489B6" w14:textId="77777777" w:rsidR="00820642" w:rsidRDefault="00820642" w:rsidP="00604137">
+    <w:p w14:paraId="2416BA03" w14:textId="77777777" w:rsidR="004E361D" w:rsidRDefault="004E361D" w:rsidP="00604137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36D7D9B7" w14:textId="77777777" w:rsidR="00820642" w:rsidRDefault="00820642" w:rsidP="00604137">
+    <w:p w14:paraId="3C5CC787" w14:textId="77777777" w:rsidR="004E361D" w:rsidRDefault="004E361D" w:rsidP="00604137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4362BAC2" w14:textId="77777777" w:rsidR="00820642" w:rsidRDefault="00820642" w:rsidP="00604137">
+    <w:p w14:paraId="3BB7953B" w14:textId="77777777" w:rsidR="004E361D" w:rsidRDefault="004E361D" w:rsidP="00604137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03045D09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E00D17E"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -1145,88 +1145,90 @@
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1370568362">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1952860274">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1069502709">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1573662367">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00206CA5"/>
     <w:rsid w:val="00067F59"/>
     <w:rsid w:val="00087B80"/>
     <w:rsid w:val="000B20BC"/>
     <w:rsid w:val="000C3130"/>
     <w:rsid w:val="001068F6"/>
     <w:rsid w:val="00116456"/>
     <w:rsid w:val="00170C1A"/>
     <w:rsid w:val="00206CA5"/>
     <w:rsid w:val="002276A3"/>
     <w:rsid w:val="00275796"/>
     <w:rsid w:val="00277B6C"/>
+    <w:rsid w:val="002D04E8"/>
     <w:rsid w:val="002E18C6"/>
     <w:rsid w:val="002F2743"/>
     <w:rsid w:val="002F327C"/>
     <w:rsid w:val="003143FC"/>
     <w:rsid w:val="0045498C"/>
+    <w:rsid w:val="004A1023"/>
+    <w:rsid w:val="004E361D"/>
     <w:rsid w:val="00547EC9"/>
     <w:rsid w:val="005F5439"/>
     <w:rsid w:val="005F6EF5"/>
     <w:rsid w:val="00604137"/>
     <w:rsid w:val="00664F6F"/>
     <w:rsid w:val="006655CF"/>
     <w:rsid w:val="006815E3"/>
     <w:rsid w:val="006B22E5"/>
     <w:rsid w:val="006D738E"/>
     <w:rsid w:val="00792A8A"/>
     <w:rsid w:val="0079756D"/>
     <w:rsid w:val="007A7119"/>
     <w:rsid w:val="007B0694"/>
     <w:rsid w:val="007B5FF0"/>
     <w:rsid w:val="00820642"/>
     <w:rsid w:val="00853F72"/>
     <w:rsid w:val="00866B36"/>
     <w:rsid w:val="00890CFD"/>
     <w:rsid w:val="008E53E0"/>
     <w:rsid w:val="00937228"/>
     <w:rsid w:val="00956750"/>
     <w:rsid w:val="009B2327"/>
     <w:rsid w:val="009B4D73"/>
     <w:rsid w:val="009D205F"/>
     <w:rsid w:val="009D298F"/>